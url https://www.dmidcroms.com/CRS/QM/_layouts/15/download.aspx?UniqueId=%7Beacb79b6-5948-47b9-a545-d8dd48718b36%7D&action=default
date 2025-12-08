--- v0 (2025-10-05)
+++ v1 (2025-12-08)
@@ -12319,51 +12319,51 @@
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24D7CB9A-5FB5-40FE-9744-59F4B65A58EC}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Office Word</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>00.0001</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>La Regina, Alyssa (NIH) [C]</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Challa, Ramana</lastModifiedBy>
-  <revision>8</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A699A08044D5944CB845503FFF35BE00</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
     <vt:lpwstr>e57b4184fe23837cfbae32ef7c97fa514d400334cc98c23c7b21d61318055f92</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>